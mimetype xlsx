--- v0 (2025-10-10)
+++ v1 (2026-01-20)
@@ -9,53 +9,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Desktop\업무추진비 공시\2025 업무추진비\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD037FA6-4FAD-4737-81CE-C685F461C346}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF7C88A3-F307-4E73-A7B5-6F315D07FCEF}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1995" yWindow="465" windowWidth="24105" windowHeight="11745" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1995" yWindow="465" windowWidth="24105" windowHeight="11745" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="원장 업무추진비" sheetId="10" r:id="rId1"/>
     <sheet name="부원장 업무추진비" sheetId="4" r:id="rId2"/>
     <sheet name="부서운영업무비(연구기획전략실)" sheetId="9" r:id="rId3"/>
     <sheet name="부서운영업무비(경영지원실)" sheetId="8" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'부서운영업무비(경영지원실)'!$A$3:$G$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'부서운영업무비(연구기획전략실)'!$A$3:$G$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'부원장 업무추진비'!$B$5:$G$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'원장 업무추진비'!$B$5:$G$19</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'부서운영업무비(경영지원실)'!$A$1:$G$10</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'부서운영업무비(연구기획전략실)'!$A$1:$G$10</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'부원장 업무추진비'!$A$1:$G$11</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'원장 업무추진비'!$A$1:$G$20</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A14" i="10" l="1"/>
@@ -983,70 +983,70 @@
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="178" fontId="21" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="22" fontId="21" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="경고문" xfId="1" builtinId="11"/>
     <cellStyle name="쉼표 [0]" xfId="2" builtinId="6"/>
     <cellStyle name="표준" xfId="0" builtinId="0"/>
     <cellStyle name="표준 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF66FF"/>
       <color rgb="FFFF00FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1376,87 +1376,87 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:H20"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="18" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="20" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="18" customWidth="1"/>
     <col min="8" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="46" t="s">
+      <c r="A1" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="46"/>
-[...4 lines deleted...]
-      <c r="G1" s="46"/>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:8" s="2" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A2" s="47" t="s">
+      <c r="A2" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="B2" s="47"/>
-[...3 lines deleted...]
-      <c r="F2" s="48"/>
+      <c r="B2" s="48"/>
+      <c r="C2" s="49"/>
+      <c r="D2" s="49"/>
+      <c r="E2" s="49"/>
+      <c r="F2" s="49"/>
       <c r="G2" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="2" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>23</v>
@@ -1690,51 +1690,51 @@
       <c r="C13" s="41" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="35">
         <v>30000</v>
       </c>
       <c r="E13" s="36" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="40" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="36" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="33"/>
     </row>
     <row r="14" spans="1:8" ht="35.1" customHeight="1">
       <c r="A14" s="34">
         <f>ROWS($A$5:A14)</f>
         <v>10</v>
       </c>
       <c r="B14" s="42">
         <v>45855.512499999997</v>
       </c>
-      <c r="C14" s="52" t="s">
+      <c r="C14" s="46" t="s">
         <v>135</v>
       </c>
       <c r="D14" s="35">
         <v>57000</v>
       </c>
       <c r="E14" s="36" t="s">
         <v>133</v>
       </c>
       <c r="F14" s="40" t="s">
         <v>134</v>
       </c>
       <c r="G14" s="36" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="35.1" customHeight="1">
       <c r="A15" s="34">
         <f>ROWS($A$5:A15)</f>
         <v>11</v>
       </c>
       <c r="B15" s="37" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="41" t="s">
@@ -1902,69 +1902,69 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF66FF"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B5" sqref="B5"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="18" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="20" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="18" customWidth="1"/>
     <col min="8" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="46" t="s">
+      <c r="A1" s="47" t="s">
         <v>34</v>
       </c>
-      <c r="B1" s="46"/>
-[...4 lines deleted...]
-      <c r="G1" s="46"/>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="34.5" customHeight="1">
-      <c r="A2" s="47" t="s">
+      <c r="A2" s="48" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="47"/>
-[...3 lines deleted...]
-      <c r="F2" s="48"/>
+      <c r="B2" s="48"/>
+      <c r="C2" s="49"/>
+      <c r="D2" s="49"/>
+      <c r="E2" s="49"/>
+      <c r="F2" s="49"/>
       <c r="G2" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="27" t="s">
         <v>77</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>31</v>
@@ -2159,144 +2159,144 @@
   <sortState ref="A5:G11">
     <sortCondition ref="B5"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:F2"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;P페이지</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:G10"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C16" sqref="C16"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="16" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="5" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="5" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="4" customWidth="1"/>
     <col min="8" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="49" t="s">
+      <c r="A1" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="B1" s="49"/>
-[...4 lines deleted...]
-      <c r="G1" s="49"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
+      <c r="E1" s="50"/>
+      <c r="F1" s="50"/>
+      <c r="G1" s="50"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A2" s="50" t="s">
+      <c r="A2" s="51" t="s">
         <v>89</v>
       </c>
-      <c r="B2" s="50"/>
-[...3 lines deleted...]
-      <c r="F2" s="51"/>
+      <c r="B2" s="51"/>
+      <c r="C2" s="52"/>
+      <c r="D2" s="52"/>
+      <c r="E2" s="52"/>
+      <c r="F2" s="52"/>
       <c r="G2" s="21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="32" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="29" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="30" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="31" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="31" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="31" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="31" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="35.1" customHeight="1">
       <c r="A4" s="22"/>
       <c r="B4" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="24" t="str">
         <f>"총"&amp;COUNTA(C5:C25)&amp;"건"</f>
         <v>총4건</v>
       </c>
       <c r="D4" s="25">
         <f>SUM(D5:D32)</f>
-        <v>782100</v>
+        <v>780000</v>
       </c>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
     </row>
     <row r="5" spans="1:7" ht="35.1" customHeight="1">
       <c r="A5" s="22">
         <v>1</v>
       </c>
       <c r="B5" s="37" t="s">
         <v>117</v>
       </c>
       <c r="C5" s="45" t="s">
         <v>118</v>
       </c>
       <c r="D5" s="44">
-        <v>29100</v>
+        <v>27000</v>
       </c>
       <c r="E5" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F5" s="15" t="s">
         <v>120</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="35.1" customHeight="1">
       <c r="A6" s="22">
         <v>2</v>
       </c>
       <c r="B6" s="37" t="s">
         <v>121</v>
       </c>
       <c r="C6" s="45" t="s">
         <v>122</v>
       </c>
       <c r="D6" s="44">
         <v>153000</v>
       </c>
       <c r="E6" s="15" t="s">
@@ -2393,69 +2393,69 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C16" sqref="C16"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="20" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="20" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="18" customWidth="1"/>
     <col min="8" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="46" t="s">
+      <c r="A1" s="47" t="s">
         <v>35</v>
       </c>
-      <c r="B1" s="46"/>
-[...4 lines deleted...]
-      <c r="G1" s="46"/>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A2" s="47" t="s">
+      <c r="A2" s="48" t="s">
         <v>88</v>
       </c>
-      <c r="B2" s="47"/>
-[...3 lines deleted...]
-      <c r="F2" s="48"/>
+      <c r="B2" s="48"/>
+      <c r="C2" s="49"/>
+      <c r="D2" s="49"/>
+      <c r="E2" s="49"/>
+      <c r="F2" s="49"/>
       <c r="G2" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>15</v>