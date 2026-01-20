--- v0 (2025-12-07)
+++ v1 (2026-01-20)
@@ -9,107 +9,108 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Desktop\업무추진비 공시\2025 업무추진비\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1D4A2702-00B1-4ECE-8260-7689EFF9DB50}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9652C2FE-947E-4DD3-AD47-ACAAE699182E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1995" yWindow="465" windowWidth="24105" windowHeight="11745" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="원장 업무추진비" sheetId="10" r:id="rId1"/>
     <sheet name="부원장 업무추진비" sheetId="4" r:id="rId2"/>
     <sheet name="부서운영업무비(연구기획전략실)" sheetId="11" r:id="rId3"/>
     <sheet name="부서운영업무비(경영지원실)" sheetId="12" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'부서운영업무비(경영지원실)'!$A$3:$G$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'부서운영업무비(연구기획전략실)'!$A$3:$G$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'부서운영업무비(연구기획전략실)'!$A$3:$G$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'부원장 업무추진비'!$B$5:$G$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'원장 업무추진비'!$B$5:$G$12</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'부서운영업무비(경영지원실)'!$A$1:$G$8</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'부서운영업무비(연구기획전략실)'!$A$1:$G$5</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'부서운영업무비(연구기획전략실)'!$A$1:$G$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'부원장 업무추진비'!$A$1:$G$8</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'원장 업무추진비'!$A$1:$G$12</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C4" i="11" l="1"/>
+  <c r="C4" i="4"/>
+  <c r="D4" i="11"/>
+  <c r="A6" i="11"/>
+  <c r="A5" i="11"/>
+  <c r="C4" i="12"/>
   <c r="D4" i="12" l="1"/>
   <c r="A6" i="12" l="1"/>
   <c r="A7" i="12"/>
   <c r="A8" i="12"/>
   <c r="A8" i="4" l="1"/>
   <c r="A7" i="10"/>
   <c r="A8" i="10"/>
   <c r="A9" i="10"/>
   <c r="A10" i="10"/>
   <c r="A11" i="10"/>
   <c r="A12" i="10"/>
   <c r="A6" i="10"/>
   <c r="A5" i="4" l="1"/>
   <c r="A7" i="4"/>
   <c r="A6" i="4"/>
   <c r="A5" i="12" l="1"/>
-  <c r="A5" i="11"/>
-[...2 lines deleted...]
-  <c r="C4" i="11"/>
   <c r="A5" i="10" l="1"/>
   <c r="D4" i="10" l="1"/>
   <c r="C4" i="10"/>
-  <c r="C4" i="4"/>
   <c r="D4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="80">
   <si>
     <t>[단위:원]</t>
     <phoneticPr fontId="4" type="noConversion"/>
   </si>
   <si>
     <t>연번</t>
     <phoneticPr fontId="4" type="noConversion"/>
   </si>
   <si>
     <t>집행일자(시간 포함)</t>
     <phoneticPr fontId="4" type="noConversion"/>
   </si>
   <si>
     <t>집행장소</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>집행목적</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>집행금액</t>
     <phoneticPr fontId="4" type="noConversion"/>
   </si>
   <si>
@@ -361,50 +362,58 @@
     <t>2025-11-12 11:36</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
   <si>
     <t>경영지원실 브라운백 미팅 운영에 따른 다과 등 구입(행정사무원 등)</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
   <si>
     <t>2025-11-26 12:50</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
   <si>
     <t>통합정보시스템 벤치마킹 기관방문에 따른 답례품(다과 등) 구입</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
   <si>
     <t>스타벅스 코리아</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
   <si>
     <t>외부기관</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
   <si>
     <t>카드</t>
+    <phoneticPr fontId="19" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025년 경영평가 후속조치 이행 컨설팅 결과 간담회</t>
+    <phoneticPr fontId="19" type="noConversion"/>
+  </si>
+  <si>
+    <t>썬호텔</t>
     <phoneticPr fontId="19" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="#,##0_);[Red]\(#,##0\)"/>
     <numFmt numFmtId="177" formatCode="0;[Red]0"/>
     <numFmt numFmtId="178" formatCode="&quot;전&quot;&quot;문&quot;&quot;가&quot;\ &quot;등&quot;\ 0&quot;명&quot;"/>
   </numFmts>
   <fonts count="24">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="돋움"/>
@@ -572,115 +581,102 @@
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...11 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -766,72 +762,69 @@
     </xf>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="178" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="22" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="20" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="22" fontId="20" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="20" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="22" fontId="20" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="20" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="20" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="22" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="11" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
@@ -1227,835 +1220,870 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B5" sqref="B5"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="18" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="20" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="18" customWidth="1"/>
     <col min="8" max="8" width="24.75" style="17" customWidth="1"/>
     <col min="9" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="60" t="s">
+      <c r="A1" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="B1" s="60"/>
-[...4 lines deleted...]
-      <c r="G1" s="60"/>
+      <c r="B1" s="59"/>
+      <c r="C1" s="59"/>
+      <c r="D1" s="59"/>
+      <c r="E1" s="59"/>
+      <c r="F1" s="59"/>
+      <c r="G1" s="59"/>
     </row>
     <row r="2" spans="1:8" s="2" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A2" s="61" t="s">
+      <c r="A2" s="60" t="s">
         <v>18</v>
       </c>
-      <c r="B2" s="61"/>
-[...3 lines deleted...]
-      <c r="F2" s="62"/>
+      <c r="B2" s="60"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
       <c r="G2" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="2" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="27" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="35.1" customHeight="1">
       <c r="A4" s="33"/>
       <c r="B4" s="36" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="37" t="str">
         <f>"총"&amp;COUNTA(C5:C35)&amp;"건"</f>
         <v>총8건</v>
       </c>
       <c r="D4" s="34">
         <f>SUM(D5:D38)</f>
         <v>1166000</v>
       </c>
       <c r="E4" s="35"/>
       <c r="F4" s="35"/>
       <c r="G4" s="35"/>
     </row>
     <row r="5" spans="1:8" ht="35.1" customHeight="1">
       <c r="A5" s="33">
         <f>ROWS($A$5:A5)</f>
         <v>1</v>
       </c>
-      <c r="B5" s="48">
+      <c r="B5" s="47">
         <v>45964.51666666667</v>
       </c>
-      <c r="C5" s="51" t="s">
+      <c r="C5" s="50" t="s">
         <v>34</v>
       </c>
-      <c r="D5" s="49">
+      <c r="D5" s="48">
         <v>63000</v>
       </c>
-      <c r="E5" s="50" t="s">
+      <c r="E5" s="49" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="38">
         <v>2</v>
       </c>
       <c r="G5" s="35" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="35.1" customHeight="1">
       <c r="A6" s="33">
         <f>ROWS($A$5:A6)</f>
         <v>2</v>
       </c>
-      <c r="B6" s="52">
+      <c r="B6" s="51">
         <v>45985</v>
       </c>
-      <c r="C6" s="53" t="s">
+      <c r="C6" s="52" t="s">
         <v>56</v>
       </c>
       <c r="D6" s="34">
         <v>200000</v>
       </c>
       <c r="E6" s="35" t="s">
         <v>57</v>
       </c>
       <c r="F6" s="38" t="s">
         <v>61</v>
       </c>
       <c r="G6" s="35" t="s">
         <v>58</v>
       </c>
-      <c r="H6" s="47"/>
+      <c r="H6" s="46"/>
     </row>
     <row r="7" spans="1:8" ht="35.1" customHeight="1">
       <c r="A7" s="33">
         <f>ROWS($A$5:A7)</f>
         <v>3</v>
       </c>
-      <c r="B7" s="52">
+      <c r="B7" s="51">
         <v>45989</v>
       </c>
-      <c r="C7" s="53" t="s">
+      <c r="C7" s="52" t="s">
         <v>56</v>
       </c>
       <c r="D7" s="34">
         <v>100000</v>
       </c>
       <c r="E7" s="35" t="s">
         <v>57</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>62</v>
       </c>
       <c r="G7" s="35" t="s">
         <v>58</v>
       </c>
-      <c r="H7" s="47"/>
+      <c r="H7" s="46"/>
     </row>
     <row r="8" spans="1:8" ht="35.1" customHeight="1">
       <c r="A8" s="33">
         <f>ROWS($A$5:A8)</f>
         <v>4</v>
       </c>
       <c r="B8" s="40">
         <v>45965.881249999999</v>
       </c>
-      <c r="C8" s="46" t="s">
+      <c r="C8" s="45" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="34">
         <v>256000</v>
       </c>
       <c r="E8" s="35" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="38">
         <v>6</v>
       </c>
       <c r="G8" s="35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="35.1" customHeight="1">
       <c r="A9" s="33">
         <f>ROWS($A$5:A9)</f>
         <v>5</v>
       </c>
       <c r="B9" s="40">
         <v>45967.515972222223</v>
       </c>
-      <c r="C9" s="53" t="s">
+      <c r="C9" s="52" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="34">
         <v>111000</v>
       </c>
       <c r="E9" s="35" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="38">
         <v>5</v>
       </c>
       <c r="G9" s="35" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="35.1" customHeight="1">
       <c r="A10" s="33">
         <f>ROWS($A$5:A10)</f>
         <v>6</v>
       </c>
       <c r="B10" s="40">
         <v>45968.817361111112</v>
       </c>
-      <c r="C10" s="46" t="s">
+      <c r="C10" s="45" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="34">
         <v>211000</v>
       </c>
       <c r="E10" s="35" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="38">
         <v>6</v>
       </c>
       <c r="G10" s="35" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="35.1" customHeight="1">
       <c r="A11" s="33">
         <f>ROWS($A$5:A11)</f>
         <v>7</v>
       </c>
       <c r="B11" s="40">
         <v>45974.841666666667</v>
       </c>
-      <c r="C11" s="53" t="s">
+      <c r="C11" s="52" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="34">
         <v>168000</v>
       </c>
       <c r="E11" s="35" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="38">
         <v>4</v>
       </c>
       <c r="G11" s="35" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="35.1" customHeight="1">
       <c r="A12" s="33">
         <f>ROWS($A$5:A12)</f>
         <v>8</v>
       </c>
       <c r="B12" s="40">
         <v>45989.361111111109</v>
       </c>
-      <c r="C12" s="54" t="s">
+      <c r="C12" s="53" t="s">
         <v>59</v>
       </c>
       <c r="D12" s="34">
         <v>57000</v>
       </c>
       <c r="E12" s="35" t="s">
         <v>60</v>
       </c>
       <c r="F12" s="38">
         <v>3</v>
       </c>
       <c r="G12" s="35" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <sortState ref="A6:H12">
     <sortCondition ref="B5"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:F2"/>
   </mergeCells>
   <phoneticPr fontId="19" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;P페이지</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF66FF"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="18" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="20" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="18" customWidth="1"/>
     <col min="8" max="8" width="24.75" style="17" customWidth="1"/>
     <col min="9" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="60" t="s">
+      <c r="A1" s="59" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="60"/>
-[...4 lines deleted...]
-      <c r="G1" s="60"/>
+      <c r="B1" s="59"/>
+      <c r="C1" s="59"/>
+      <c r="D1" s="59"/>
+      <c r="E1" s="59"/>
+      <c r="F1" s="59"/>
+      <c r="G1" s="59"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="34.5" customHeight="1">
-      <c r="A2" s="61" t="s">
+      <c r="A2" s="60" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="61"/>
-[...3 lines deleted...]
-      <c r="F2" s="62"/>
+      <c r="B2" s="60"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
       <c r="G2" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="27" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="35.1" customHeight="1">
       <c r="A4" s="10"/>
       <c r="B4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="11" t="str">
-        <f>"총"&amp;COUNTA(C5:C5)&amp;"건"</f>
-        <v>총1건</v>
+        <f>"총"&amp;COUNTA(C5:C55)&amp;"건"</f>
+        <v>총4건</v>
       </c>
       <c r="D4" s="13">
         <f>SUM(D5:D8)</f>
         <v>643900</v>
       </c>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
     </row>
     <row r="5" spans="1:7" ht="34.5" customHeight="1">
-      <c r="A5" s="45">
+      <c r="A5" s="44">
         <f>ROWS($A$5:A5)</f>
         <v>1</v>
       </c>
       <c r="B5" s="40">
         <v>45966.845833333333</v>
       </c>
       <c r="C5" s="41" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="34">
         <v>252000</v>
       </c>
       <c r="E5" s="35" t="s">
         <v>39</v>
       </c>
       <c r="F5" s="38">
         <v>6</v>
       </c>
       <c r="G5" s="35" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="34.5" customHeight="1">
-      <c r="A6" s="45">
+      <c r="A6" s="44">
         <f>ROWS($A$5:A6)</f>
         <v>2</v>
       </c>
       <c r="B6" s="40">
         <v>45967.868055555555</v>
       </c>
       <c r="C6" s="41" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="34">
         <v>135000</v>
       </c>
       <c r="E6" s="35" t="s">
         <v>43</v>
       </c>
       <c r="F6" s="38" t="s">
         <v>44</v>
       </c>
       <c r="G6" s="35" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="34.5" customHeight="1">
-      <c r="A7" s="45">
+      <c r="A7" s="44">
         <f>ROWS($A$5:A7)</f>
         <v>3</v>
       </c>
       <c r="B7" s="40">
         <v>45968.826388888891</v>
       </c>
       <c r="C7" s="41" t="s">
         <v>45</v>
       </c>
       <c r="D7" s="34">
         <v>172900</v>
       </c>
       <c r="E7" s="35" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>47</v>
       </c>
       <c r="G7" s="35" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="34.5" customHeight="1">
-      <c r="A8" s="45">
+      <c r="A8" s="44">
         <f>ROWS($A$5:A8)</f>
         <v>4</v>
       </c>
       <c r="B8" s="40">
         <v>45973.531944444447</v>
       </c>
       <c r="C8" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="34">
         <v>84000</v>
       </c>
       <c r="E8" s="35" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="38" t="s">
         <v>53</v>
       </c>
       <c r="G8" s="35" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <sortState ref="A6:G8">
     <sortCondition ref="B5"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:F2"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;P페이지</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
-  <dimension ref="A1:G5"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="16" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="5" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="5" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="4" customWidth="1"/>
     <col min="8" max="8" width="24.75" style="3" customWidth="1"/>
     <col min="9" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="63" t="s">
+      <c r="A1" s="62" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="63"/>
-[...4 lines deleted...]
-      <c r="G1" s="63"/>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="63" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="64"/>
-[...3 lines deleted...]
-      <c r="F2" s="65"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
       <c r="G2" s="21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="32" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="29" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="30" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="31" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="31" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="31" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="31" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="35.1" customHeight="1">
       <c r="A4" s="22"/>
       <c r="B4" s="23" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="24" t="str">
-        <f>"총"&amp;COUNTA(C5:C8)&amp;"건"</f>
-        <v>총1건</v>
+        <f>"총"&amp;COUNTA(C5:C9)&amp;"건"</f>
+        <v>총2건</v>
       </c>
       <c r="D4" s="25">
-        <f>SUM(D5:D15)</f>
-        <v>203000</v>
+        <f>SUM(D5:D16)</f>
+        <v>440000</v>
       </c>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
     </row>
     <row r="5" spans="1:7" ht="35.1" customHeight="1">
-      <c r="A5" s="43">
+      <c r="A5" s="22">
         <f>ROWS($A$5:A5)</f>
         <v>1</v>
       </c>
       <c r="B5" s="40">
-        <v>45980.853472222225</v>
+        <v>45972.825694444444</v>
       </c>
       <c r="C5" s="42" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>203000</v>
+        <v>78</v>
+      </c>
+      <c r="D5" s="43">
+        <v>237000</v>
       </c>
       <c r="E5" s="36" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F5" s="36" t="s">
         <v>65</v>
       </c>
       <c r="G5" s="36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="35.1" customHeight="1">
+      <c r="A6" s="22">
+        <f>ROWS($A$5:A6)</f>
+        <v>2</v>
+      </c>
+      <c r="B6" s="40">
+        <v>45980.853472222225</v>
+      </c>
+      <c r="C6" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" s="43">
+        <v>203000</v>
+      </c>
+      <c r="E6" s="36" t="s">
+        <v>64</v>
+      </c>
+      <c r="F6" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="G6" s="36" t="s">
         <v>77</v>
       </c>
     </row>
+    <row r="7" spans="1:7" ht="35.1" customHeight="1">
+      <c r="A7" s="3"/>
+      <c r="B7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+    </row>
   </sheetData>
+  <sortState ref="A4:G7">
+    <sortCondition descending="1" ref="B6"/>
+  </sortState>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:F2"/>
   </mergeCells>
   <phoneticPr fontId="19" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="44" orientation="portrait" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;P페이지</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="27.5" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.125" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.625" style="20" customWidth="1"/>
     <col min="5" max="5" width="21.5" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" style="20" customWidth="1"/>
     <col min="7" max="7" width="11.375" style="18" customWidth="1"/>
     <col min="8" max="8" width="24.75" style="17" customWidth="1"/>
     <col min="9" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A1" s="60" t="s">
+      <c r="A1" s="59" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="60"/>
-[...4 lines deleted...]
-      <c r="G1" s="60"/>
+      <c r="B1" s="59"/>
+      <c r="C1" s="59"/>
+      <c r="D1" s="59"/>
+      <c r="E1" s="59"/>
+      <c r="F1" s="59"/>
+      <c r="G1" s="59"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
-      <c r="A2" s="61" t="s">
+      <c r="A2" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="61"/>
-[...3 lines deleted...]
-      <c r="F2" s="62"/>
+      <c r="B2" s="60"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
       <c r="G2" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="35.1" customHeight="1">
       <c r="A3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="35.1" customHeight="1">
       <c r="A4" s="10"/>
       <c r="B4" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="11" t="str">
-        <f>"총"&amp;COUNTA(C5:C5)&amp;"건"</f>
-        <v>총1건</v>
+        <f>"총"&amp;COUNTA(C5:C55)&amp;"건"</f>
+        <v>총4건</v>
       </c>
       <c r="D4" s="13">
         <f>SUM(D5:D54)</f>
         <v>360700</v>
       </c>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
     </row>
     <row r="5" spans="1:7" ht="35.1" customHeight="1">
       <c r="A5" s="22">
         <f>ROWS($A$5:A5)</f>
         <v>1</v>
       </c>
-      <c r="B5" s="55">
+      <c r="B5" s="54">
         <v>45971.476388888892</v>
       </c>
-      <c r="C5" s="56" t="s">
+      <c r="C5" s="55" t="s">
         <v>68</v>
       </c>
-      <c r="D5" s="57">
+      <c r="D5" s="56">
         <v>100600</v>
       </c>
       <c r="E5" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F5" s="15" t="s">
         <v>67</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="35.1" customHeight="1">
       <c r="A6" s="22">
         <f>ROWS($A$5:A6)</f>
         <v>2</v>
       </c>
-      <c r="B6" s="55">
+      <c r="B6" s="54">
         <v>45972.479166666664</v>
       </c>
-      <c r="C6" s="58" t="s">
+      <c r="C6" s="57" t="s">
         <v>69</v>
       </c>
-      <c r="D6" s="57">
+      <c r="D6" s="56">
         <v>104500</v>
       </c>
       <c r="E6" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F6" s="15" t="s">
         <v>70</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="35.1" customHeight="1">
       <c r="A7" s="22">
         <f>ROWS($A$5:A7)</f>
         <v>3</v>
       </c>
-      <c r="B7" s="59" t="s">
+      <c r="B7" s="58" t="s">
         <v>71</v>
       </c>
-      <c r="C7" s="58" t="s">
+      <c r="C7" s="57" t="s">
         <v>72</v>
       </c>
-      <c r="D7" s="57">
+      <c r="D7" s="56">
         <v>96200</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>67</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="35.1" customHeight="1">
       <c r="A8" s="22">
         <f>ROWS($A$5:A8)</f>
         <v>4</v>
       </c>
-      <c r="B8" s="59" t="s">
+      <c r="B8" s="58" t="s">
         <v>73</v>
       </c>
-      <c r="C8" s="58" t="s">
+      <c r="C8" s="57" t="s">
         <v>74</v>
       </c>
-      <c r="D8" s="57">
+      <c r="D8" s="56">
         <v>59400</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>75</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>76</v>
       </c>
       <c r="G8" s="15" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:F2"/>
   </mergeCells>
   <phoneticPr fontId="19" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="50" orientation="portrait" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;P페이지</oddFooter>
   </headerFooter>